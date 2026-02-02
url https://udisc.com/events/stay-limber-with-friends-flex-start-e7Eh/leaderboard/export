--- v0 (2025-10-12)
+++ v1 (2026-02-02)
@@ -1676,51 +1676,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T12</v>
       </c>
       <c r="C15">
         <v>12</v>
       </c>
       <c r="D15" t="str">
         <v>Ian Lisowski</v>
       </c>
       <c r="E15">
         <v>-1</v>
       </c>
       <c r="F15">
         <v>53</v>
       </c>
       <c r="G15">
         <v>2</v>
       </c>
       <c r="I15" t="str">
-        <v>ianlisowski</v>
+        <v>ilisowski</v>
       </c>
       <c r="J15">
         <v>-1</v>
       </c>
       <c r="K15">
         <v>53</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>2</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
@@ -3541,51 +3541,51 @@
       </c>
       <c r="AC36">
         <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>DUP</v>
       </c>
       <c r="D37" t="str">
         <v>Ian Lisowski</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
       <c r="F37">
         <v>54</v>
       </c>
       <c r="G37">
         <v>1</v>
       </c>
       <c r="I37" t="str">
-        <v>ianlisowski</v>
+        <v>ilisowski</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
       <c r="K37">
         <v>54</v>
       </c>
       <c r="L37">
         <v>4</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>2</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
         <v>3</v>
       </c>