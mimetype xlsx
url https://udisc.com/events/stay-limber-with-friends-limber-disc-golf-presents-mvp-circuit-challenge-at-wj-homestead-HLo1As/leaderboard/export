--- v0 (2025-10-12)
+++ v1 (2025-12-22)
@@ -2428,51 +2428,51 @@
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>BTWN</v>
       </c>
       <c r="B24" t="str">
         <v>T17</v>
       </c>
       <c r="C24">
         <v>17</v>
       </c>
       <c r="D24" t="str">
         <v>Tim Driedger</v>
       </c>
       <c r="E24">
         <v>6</v>
       </c>
       <c r="F24">
         <v>62</v>
       </c>
       <c r="G24">
         <v>109249</v>
       </c>
       <c r="H24" t="str">
-        <v>tangozilla</v>
+        <v>tddwjhdg</v>
       </c>
       <c r="I24">
         <v>6</v>
       </c>
       <c r="J24">
         <v>62</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>