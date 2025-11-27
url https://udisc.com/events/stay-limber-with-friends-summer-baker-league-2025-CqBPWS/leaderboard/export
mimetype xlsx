--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -1613,50 +1613,53 @@
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
         <v>Yianni Georgacacos</v>
       </c>
       <c r="E14">
         <v>4</v>
       </c>
       <c r="F14">
         <v>59</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
+      <c r="H14">
+        <v>317477</v>
+      </c>
       <c r="I14" t="str">
         <v>yiannigeo</v>
       </c>
       <c r="J14">
         <v>4</v>
       </c>
       <c r="K14">
         <v>59</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>2</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">