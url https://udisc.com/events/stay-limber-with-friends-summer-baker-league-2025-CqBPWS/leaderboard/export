--- v1 (2025-11-27)
+++ v2 (2026-03-15)
@@ -1702,50 +1702,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Andrew Grace</v>
       </c>
       <c r="E15">
         <v>7</v>
       </c>
       <c r="F15">
         <v>62</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
+      <c r="H15">
+        <v>323169</v>
+      </c>
       <c r="I15" t="str">
         <v>enormousdisk</v>
       </c>
       <c r="J15">
         <v>7</v>
       </c>
       <c r="K15">
         <v>62</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">