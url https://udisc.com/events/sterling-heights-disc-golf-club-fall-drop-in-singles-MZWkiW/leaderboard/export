--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1163,50 +1163,53 @@
       </c>
       <c r="C11">
         <v>3</v>
       </c>
       <c r="D11">
         <v>4</v>
       </c>
       <c r="E11" t="str">
         <v>Gold</v>
       </c>
       <c r="F11" t="str">
         <v>T3</v>
       </c>
       <c r="G11">
         <v>3</v>
       </c>
       <c r="H11" t="str">
         <v>Josh Cutway</v>
       </c>
       <c r="I11">
         <v>-1</v>
       </c>
       <c r="J11">
         <v>27</v>
       </c>
+      <c r="K11">
+        <v>315381</v>
+      </c>
       <c r="L11" t="str">
         <v>theabman</v>
       </c>
       <c r="M11">
         <v>-1</v>
       </c>
       <c r="N11">
         <v>27</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
@@ -1478,50 +1481,53 @@
       <c r="V15">
         <v>4</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="E16" t="str">
         <v>Gold</v>
       </c>
       <c r="F16" t="str">
         <v>2</v>
       </c>
       <c r="G16">
         <v>2</v>
       </c>
       <c r="H16" t="str">
         <v>Blake Ellison</v>
       </c>
       <c r="I16">
         <v>-3</v>
       </c>
       <c r="J16">
         <v>25</v>
+      </c>
+      <c r="K16">
+        <v>310765</v>
       </c>
       <c r="L16" t="str">
         <v>obblake</v>
       </c>
       <c r="M16">
         <v>-3</v>
       </c>
       <c r="N16">
         <v>25</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>