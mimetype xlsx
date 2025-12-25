--- v0 (2025-11-27)
+++ v1 (2025-12-25)
@@ -715,66 +715,66 @@
       </c>
       <c r="AL2">
         <v>3</v>
       </c>
       <c r="AM2">
         <v>4</v>
       </c>
       <c r="AN2">
         <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>ADV</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Virgil Sneed</v>
       </c>
       <c r="E3">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F3">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="G3">
         <v>246902</v>
       </c>
       <c r="H3" t="str">
         <v>bossdawg</v>
       </c>
       <c r="I3">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J3">
-        <v>94</v>
+        <v>114</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>5</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
@@ -803,79 +803,97 @@
         <v>3</v>
       </c>
       <c r="AA3">
         <v>5</v>
       </c>
       <c r="AB3">
         <v>6</v>
       </c>
       <c r="AC3">
         <v>4</v>
       </c>
       <c r="AD3">
         <v>5</v>
       </c>
       <c r="AE3">
         <v>4</v>
       </c>
       <c r="AF3">
         <v>3</v>
       </c>
       <c r="AG3">
         <v>4</v>
       </c>
       <c r="AH3">
         <v>4</v>
+      </c>
+      <c r="AI3">
+        <v>3</v>
+      </c>
+      <c r="AJ3">
+        <v>3</v>
+      </c>
+      <c r="AK3">
+        <v>3</v>
+      </c>
+      <c r="AL3">
+        <v>2</v>
+      </c>
+      <c r="AM3">
+        <v>4</v>
+      </c>
+      <c r="AN3">
+        <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>REC</v>
       </c>
       <c r="B4" t="str">
         <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Dexter</v>
       </c>
       <c r="E4">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F4">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="H4" t="str">
         <v>dxrvalley3</v>
       </c>
       <c r="I4">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="J4">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
@@ -904,50 +922,68 @@
         <v>5</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
       <c r="AG4">
         <v>3</v>
       </c>
       <c r="AH4">
         <v>3</v>
+      </c>
+      <c r="AI4">
+        <v>3</v>
+      </c>
+      <c r="AJ4">
+        <v>3</v>
+      </c>
+      <c r="AK4">
+        <v>4</v>
+      </c>
+      <c r="AL4">
+        <v>3</v>
+      </c>
+      <c r="AM4">
+        <v>4</v>
+      </c>
+      <c r="AN4">
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>REC</v>
       </c>
       <c r="B5" t="str">
         <v>2</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" t="str">
         <v>Sean Jones</v>
       </c>
       <c r="E5">
         <v>18</v>
       </c>
       <c r="F5">
         <v>109</v>
       </c>
       <c r="G5">
         <v>301739</v>
       </c>
       <c r="H5" t="str">
@@ -1042,63 +1078,63 @@
       </c>
       <c r="AL5">
         <v>3</v>
       </c>
       <c r="AM5">
         <v>3</v>
       </c>
       <c r="AN5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>REC</v>
       </c>
       <c r="B6" t="str">
         <v>3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
         <v>Mark Langston</v>
       </c>
       <c r="E6">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="F6">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="H6" t="str">
         <v>langston1000</v>
       </c>
       <c r="I6">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="J6">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>5</v>
       </c>
@@ -1127,50 +1163,68 @@
         <v>4</v>
       </c>
       <c r="AA6">
         <v>6</v>
       </c>
       <c r="AB6">
         <v>6</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
       <c r="AD6">
         <v>4</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>4</v>
       </c>
       <c r="AG6">
         <v>3</v>
       </c>
       <c r="AH6">
         <v>3</v>
+      </c>
+      <c r="AI6">
+        <v>4</v>
+      </c>
+      <c r="AJ6">
+        <v>3</v>
+      </c>
+      <c r="AK6">
+        <v>4</v>
+      </c>
+      <c r="AL6">
+        <v>5</v>
+      </c>
+      <c r="AM6">
+        <v>4</v>
+      </c>
+      <c r="AN6">
+        <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>REC</v>
       </c>
       <c r="B7" t="str">
         <v>4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Covak</v>
       </c>
       <c r="E7">
         <v>38</v>
       </c>
       <c r="F7">
         <v>129</v>
       </c>
       <c r="H7" t="str">
         <v>covak95</v>
       </c>
       <c r="I7">
@@ -1262,63 +1316,63 @@
       </c>
       <c r="AL7">
         <v>4</v>
       </c>
       <c r="AM7">
         <v>3</v>
       </c>
       <c r="AN7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>REC</v>
       </c>
       <c r="B8" t="str">
         <v>5</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8" t="str">
         <v>Jonathan Sanders</v>
       </c>
       <c r="E8">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="F8">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="H8" t="str">
         <v>jsanders1880</v>
       </c>
       <c r="I8">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="J8">
-        <v>129</v>
+        <v>158</v>
       </c>
       <c r="K8">
         <v>6</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>7</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>
       <c r="Q8">
         <v>5</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
@@ -1347,50 +1401,68 @@
         <v>4</v>
       </c>
       <c r="AA8">
         <v>7</v>
       </c>
       <c r="AB8">
         <v>7</v>
       </c>
       <c r="AC8">
         <v>5</v>
       </c>
       <c r="AD8">
         <v>5</v>
       </c>
       <c r="AE8">
         <v>7</v>
       </c>
       <c r="AF8">
         <v>5</v>
       </c>
       <c r="AG8">
         <v>5</v>
       </c>
       <c r="AH8">
         <v>5</v>
+      </c>
+      <c r="AI8">
+        <v>4</v>
+      </c>
+      <c r="AJ8">
+        <v>3</v>
+      </c>
+      <c r="AK8">
+        <v>6</v>
+      </c>
+      <c r="AL8">
+        <v>5</v>
+      </c>
+      <c r="AM8">
+        <v>5</v>
+      </c>
+      <c r="AN8">
+        <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AN8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>