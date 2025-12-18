--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -1380,50 +1380,53 @@
         <v>4</v>
       </c>
       <c r="AA11">
         <v>6</v>
       </c>
       <c r="AB11">
         <v>6</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>DNF</v>
       </c>
       <c r="D12" t="str">
         <v>Ole Henrik Wahlquist</v>
       </c>
       <c r="E12">
         <v>17</v>
       </c>
       <c r="F12">
         <v>54</v>
       </c>
+      <c r="G12">
+        <v>317702</v>
+      </c>
       <c r="H12" t="str">
         <v>oggi83</v>
       </c>
       <c r="I12">
         <v>17</v>
       </c>
       <c r="J12">
         <v>54</v>
       </c>
       <c r="M12">
         <v>5</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>6</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">