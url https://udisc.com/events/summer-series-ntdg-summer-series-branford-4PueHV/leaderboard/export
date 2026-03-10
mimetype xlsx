--- v0 (2025-12-18)
+++ v1 (2026-03-10)
@@ -633,50 +633,53 @@
         <v>4</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Open</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Rastaman_Rob</v>
       </c>
       <c r="E3">
         <v>-10</v>
       </c>
       <c r="F3">
         <v>45</v>
       </c>
+      <c r="G3">
+        <v>321500</v>
+      </c>
       <c r="H3" t="str">
         <v>rastamanrob</v>
       </c>
       <c r="I3">
         <v>-10</v>
       </c>
       <c r="J3">
         <v>45</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
@@ -975,51 +978,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Open</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="E7">
         <v>-7</v>
       </c>
       <c r="F7">
         <v>48</v>
       </c>
       <c r="G7">
         <v>306021</v>
       </c>
       <c r="H7" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="I7">
         <v>-7</v>
       </c>
       <c r="J7">
         <v>48</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>