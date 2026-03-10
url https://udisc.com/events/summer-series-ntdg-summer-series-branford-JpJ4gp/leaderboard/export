--- v0 (2026-01-11)
+++ v1 (2026-03-10)
@@ -582,51 +582,51 @@
       <c r="D2">
         <v>6</v>
       </c>
       <c r="E2" t="str">
         <v>Open</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Grant Curtis</v>
       </c>
       <c r="I2">
         <v>-11</v>
       </c>
       <c r="J2">
         <v>44</v>
       </c>
       <c r="K2">
         <v>306021</v>
       </c>
       <c r="L2" t="str">
-        <v>gacurtis</v>
+        <v>gstar1</v>
       </c>
       <c r="M2">
         <v>-11</v>
       </c>
       <c r="N2">
         <v>44</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>