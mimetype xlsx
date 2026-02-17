--- v0 (2025-10-20)
+++ v1 (2026-02-17)
@@ -999,50 +999,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Robert Padgett</v>
       </c>
       <c r="E7">
         <v>-5</v>
       </c>
       <c r="F7">
         <v>54</v>
       </c>
       <c r="G7">
         <v>2</v>
       </c>
+      <c r="H7">
+        <v>180927</v>
+      </c>
       <c r="I7" t="str">
         <v>rpadgett46231</v>
       </c>
       <c r="J7">
         <v>-5</v>
       </c>
       <c r="K7">
         <v>54</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
@@ -1859,292 +1862,295 @@
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>2</v>
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
       <c r="AC17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>DUP</v>
       </c>
       <c r="D18" t="str">
-        <v>Mike combs</v>
+        <v>Robert Padgett</v>
       </c>
       <c r="E18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F18">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
       <c r="H18">
-        <v>180976</v>
+        <v>180927</v>
       </c>
       <c r="I18" t="str">
-        <v>underdogspud</v>
+        <v>rpadgett46231</v>
       </c>
       <c r="J18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K18">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>DUP</v>
       </c>
       <c r="D19" t="str">
-        <v>Brodie Spaulding</v>
+        <v>Mike combs</v>
       </c>
       <c r="E19">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F19">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="G19">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H19">
+        <v>180976</v>
       </c>
       <c r="I19" t="str">
-        <v>jerryclubfront</v>
+        <v>underdogspud</v>
       </c>
       <c r="J19">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="K19">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="L19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q19">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
         <v>4</v>
       </c>
       <c r="T19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>4</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z19">
         <v>4</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC19">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>DUP</v>
       </c>
       <c r="D20" t="str">
-        <v>Robert Padgett</v>
+        <v>Brodie Spaulding</v>
       </c>
       <c r="E20">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F20">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I20" t="str">
-        <v>rpadgett46231</v>
+        <v>jerryclubfront</v>
       </c>
       <c r="J20">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="K20">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q20">
         <v>5</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
         <v>4</v>
       </c>
       <c r="T20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
+        <v>4</v>
+      </c>
+      <c r="Y20">
+        <v>3</v>
+      </c>
+      <c r="Z20">
+        <v>4</v>
+      </c>
+      <c r="AA20">
+        <v>3</v>
+      </c>
+      <c r="AB20">
         <v>5</v>
       </c>
-      <c r="Y20">
-[...10 lines deleted...]
-      </c>
       <c r="AC20">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>DNF</v>
       </c>
       <c r="D21" t="str">
         <v>Leslie Grayson</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
       <c r="G21">
         <v>2</v>
       </c>
       <c r="I21" t="str">
         <v>lesliegrayson</v>
       </c>
       <c r="J21">