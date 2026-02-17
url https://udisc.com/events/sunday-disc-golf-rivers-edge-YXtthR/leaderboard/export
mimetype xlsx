--- v0 (2025-10-20)
+++ v1 (2026-02-17)
@@ -1002,50 +1002,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Robert Padgett</v>
       </c>
       <c r="E7">
         <v>-3</v>
       </c>
       <c r="F7">
         <v>56</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
+      <c r="H7">
+        <v>180927</v>
+      </c>
       <c r="I7" t="str">
         <v>rpadgett46231</v>
       </c>
       <c r="J7">
         <v>-3</v>
       </c>
       <c r="K7">
         <v>56</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
@@ -1593,289 +1596,292 @@
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>6</v>
       </c>
       <c r="AA13">
         <v>2</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
       <c r="AC13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>DUP</v>
       </c>
       <c r="D14" t="str">
-        <v>Mike combs</v>
+        <v>Robert Padgett</v>
       </c>
       <c r="E14">
-        <v>-6</v>
+        <v>4</v>
       </c>
       <c r="F14">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H14">
-        <v>180976</v>
+        <v>180927</v>
       </c>
       <c r="I14" t="str">
-        <v>underdogspud</v>
+        <v>rpadgett46231</v>
       </c>
       <c r="J14">
-        <v>-6</v>
+        <v>4</v>
       </c>
       <c r="K14">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA14">
         <v>2</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC14">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>DUP</v>
       </c>
       <c r="D15" t="str">
-        <v>Brodie Spaulding</v>
+        <v>Mike combs</v>
       </c>
       <c r="E15">
-        <v>8</v>
+        <v>-6</v>
       </c>
       <c r="F15">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="G15">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H15">
+        <v>180976</v>
       </c>
       <c r="I15" t="str">
-        <v>jerryclubfront</v>
+        <v>underdogspud</v>
       </c>
       <c r="J15">
-        <v>8</v>
+        <v>-6</v>
       </c>
       <c r="K15">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
       <c r="AC15">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
-        <v>Robert Padgett</v>
+        <v>Brodie Spaulding</v>
       </c>
       <c r="E16">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F16">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G16">
         <v>2</v>
       </c>
       <c r="I16" t="str">
-        <v>rpadgett46231</v>
+        <v>jerryclubfront</v>
       </c>
       <c r="J16">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K16">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="L16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>5</v>
       </c>
       <c r="R16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
         <v>5</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
         <v>4</v>
       </c>
       <c r="AA16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC16">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>