--- v0 (2025-10-19)
+++ v1 (2026-02-17)
@@ -821,50 +821,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Robert Padgett</v>
       </c>
       <c r="E5">
         <v>-3</v>
       </c>
       <c r="F5">
         <v>56</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
+      <c r="H5">
+        <v>180927</v>
+      </c>
       <c r="I5" t="str">
         <v>rpadgett46231</v>
       </c>
       <c r="J5">
         <v>-3</v>
       </c>
       <c r="K5">
         <v>56</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
@@ -1243,292 +1246,295 @@
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>5</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>DUP</v>
       </c>
       <c r="D10" t="str">
-        <v>Mike combs</v>
+        <v>Robert Padgett</v>
       </c>
       <c r="E10">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="F10">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G10">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H10">
-        <v>180976</v>
+        <v>180927</v>
       </c>
       <c r="I10" t="str">
-        <v>underdogspud</v>
+        <v>rpadgett46231</v>
       </c>
       <c r="J10">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="K10">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
-        <v>Josh Wynn</v>
+        <v>Mike combs</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F11">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G11">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H11">
+        <v>180976</v>
       </c>
       <c r="I11" t="str">
-        <v>wynnj1990</v>
+        <v>underdogspud</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="K11">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
       <c r="AC11">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>DUP</v>
       </c>
       <c r="D12" t="str">
-        <v>Robert Padgett</v>
+        <v>Josh Wynn</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>59</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
       <c r="I12" t="str">
-        <v>rpadgett46231</v>
+        <v>wynnj1990</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
       <c r="K12">
         <v>59</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC12">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>