--- v0 (2025-10-20)
+++ v1 (2026-02-17)
@@ -557,50 +557,53 @@
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Robert Padgett</v>
       </c>
       <c r="E2">
         <v>-4</v>
       </c>
       <c r="F2">
         <v>54</v>
       </c>
       <c r="G2">
         <v>3</v>
       </c>
+      <c r="H2">
+        <v>180927</v>
+      </c>
       <c r="I2" t="str">
         <v>rpadgett46231</v>
       </c>
       <c r="J2">
         <v>-4</v>
       </c>
       <c r="K2">
         <v>54</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
@@ -1254,50 +1257,53 @@
         <v>3</v>
       </c>
       <c r="AC9">
         <v>7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>DUP</v>
       </c>
       <c r="D10" t="str">
         <v>Robert Padgett</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>58</v>
       </c>
       <c r="G10">
         <v>2</v>
       </c>
+      <c r="H10">
+        <v>180927</v>
+      </c>
       <c r="I10" t="str">
         <v>rpadgett46231</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
         <v>58</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
@@ -1336,50 +1342,53 @@
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
         <v>Robert Padgett</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>58</v>
       </c>
       <c r="G11">
         <v>1</v>
+      </c>
+      <c r="H11">
+        <v>180927</v>
       </c>
       <c r="I11" t="str">
         <v>rpadgett46231</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
       <c r="K11">
         <v>58</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>