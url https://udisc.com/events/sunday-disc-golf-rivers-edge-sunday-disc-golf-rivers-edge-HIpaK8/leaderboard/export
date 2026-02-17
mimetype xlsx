--- v0 (2025-10-20)
+++ v1 (2026-02-17)
@@ -646,50 +646,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Robert Padgett</v>
       </c>
       <c r="E3">
         <v>-8</v>
       </c>
       <c r="F3">
         <v>50</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
+      <c r="H3">
+        <v>180927</v>
+      </c>
       <c r="I3" t="str">
         <v>rpadgett46231</v>
       </c>
       <c r="J3">
         <v>-8</v>
       </c>
       <c r="K3">
         <v>50</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
@@ -1332,203 +1335,206 @@
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>5</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
-        <v>Mike combs</v>
+        <v>Robert Padgett</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F11">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
-        <v>180976</v>
+        <v>180927</v>
       </c>
       <c r="I11" t="str">
-        <v>underdogspud</v>
+        <v>rpadgett46231</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="K11">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>DUP</v>
       </c>
       <c r="D12" t="str">
-        <v>Robert Padgett</v>
+        <v>Mike combs</v>
       </c>
       <c r="E12">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="F12">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
+      <c r="H12">
+        <v>180976</v>
+      </c>
       <c r="I12" t="str">
-        <v>rpadgett46231</v>
+        <v>underdogspud</v>
       </c>
       <c r="J12">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="K12">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U12">
         <v>4</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>