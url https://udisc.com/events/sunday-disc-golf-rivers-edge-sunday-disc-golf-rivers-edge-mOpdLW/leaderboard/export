--- v0 (2025-10-20)
+++ v1 (2026-02-17)
@@ -773,218 +773,221 @@
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>T3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-2</v>
       </c>
       <c r="D4">
         <v>3</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>T2</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="str">
-        <v>Mike combs</v>
+        <v>Robert Padgett</v>
       </c>
       <c r="I4">
         <v>-5</v>
       </c>
       <c r="J4">
         <v>54</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="L4">
-        <v>180976</v>
+        <v>180927</v>
       </c>
       <c r="M4" t="str">
-        <v>underdogspud</v>
+        <v>rpadgett46231</v>
       </c>
       <c r="N4">
         <v>-5</v>
       </c>
       <c r="O4">
         <v>54</v>
       </c>
       <c r="P4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>4</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>4</v>
       </c>
       <c r="AE4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
       <c r="AG4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T3</v>
       </c>
       <c r="B5">
         <v>3</v>
       </c>
       <c r="C5">
         <v>-2</v>
       </c>
       <c r="D5">
         <v>3</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>T2</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
       <c r="H5" t="str">
-        <v>Robert Padgett</v>
+        <v>Mike combs</v>
       </c>
       <c r="I5">
         <v>-5</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
+      <c r="L5">
+        <v>180976</v>
+      </c>
       <c r="M5" t="str">
-        <v>rpadgett46231</v>
+        <v>underdogspud</v>
       </c>
       <c r="N5">
         <v>-5</v>
       </c>
       <c r="O5">
         <v>54</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>4</v>
       </c>
       <c r="AE5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T3</v>
       </c>
       <c r="B6">
         <v>3</v>
       </c>
       <c r="C6">
         <v>-2</v>
       </c>
       <c r="D6">
         <v>0</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
@@ -1533,313 +1536,316 @@
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>5</v>
       </c>
       <c r="AE11">
         <v>4</v>
       </c>
       <c r="AF11">
         <v>4</v>
       </c>
       <c r="AG11">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="C12">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D12">
         <v>3</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>DUP</v>
       </c>
       <c r="H12" t="str">
-        <v>Mike combs</v>
+        <v>Robert Padgett</v>
       </c>
       <c r="I12">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
-        <v>180976</v>
+        <v>180927</v>
       </c>
       <c r="M12" t="str">
-        <v>underdogspud</v>
+        <v>rpadgett46231</v>
       </c>
       <c r="N12">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="O12">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
         <v>4</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD12">
         <v>4</v>
       </c>
       <c r="AE12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="C13">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D13">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>DUP</v>
       </c>
       <c r="H13" t="str">
-        <v>Josh Wynn</v>
+        <v>Mike combs</v>
       </c>
       <c r="I13">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="J13">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="K13">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="L13">
+        <v>180976</v>
       </c>
       <c r="M13" t="str">
-        <v>wynnj1990</v>
+        <v>underdogspud</v>
       </c>
       <c r="N13">
-        <v>1</v>
+        <v>-3</v>
       </c>
       <c r="O13">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>5</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>4</v>
       </c>
       <c r="Z13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
         <v>4</v>
       </c>
       <c r="AE13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF13">
         <v>2</v>
       </c>
       <c r="AG13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>DUP</v>
       </c>
       <c r="H14" t="str">
-        <v>Robert Padgett</v>
+        <v>Josh Wynn</v>
       </c>
       <c r="I14">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="J14">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="K14">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M14" t="str">
-        <v>rpadgett46231</v>
+        <v>wynnj1990</v>
       </c>
       <c r="N14">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="O14">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>4</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
       <c r="AC14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD14">
         <v>4</v>
       </c>
       <c r="AE14">
         <v>2</v>
       </c>
       <c r="AF14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG14">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AG14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>