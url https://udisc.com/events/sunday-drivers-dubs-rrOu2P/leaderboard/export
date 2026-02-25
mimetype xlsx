--- v0 (2026-01-11)
+++ v1 (2026-02-25)
@@ -625,261 +625,252 @@
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Erik Carlson &amp; Keith Wells</v>
+        <v>Kevin Williamson jr &amp; Jennifer Lister</v>
       </c>
       <c r="E3">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="F3">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="H3" t="str">
-        <v>erikjarl81,joewell2208</v>
+        <v>kevojr,jenlister</v>
       </c>
       <c r="I3">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="J3">
-        <v>31</v>
+        <v>54</v>
+      </c>
+      <c r="K3">
+        <v>4</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
+        <v>3</v>
+      </c>
+      <c r="AA3">
+        <v>2</v>
+      </c>
+      <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Jeff Gearhart &amp; Robert Hines</v>
+        <v>Erik Carlson &amp; Keith Wells</v>
       </c>
       <c r="E4">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="F4">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="H4" t="str">
-        <v>sippijeff,b0bbert</v>
+        <v>erikjarl81,joewell2208</v>
       </c>
       <c r="I4">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J4">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Jeff Gearhart &amp; Robert Hines</v>
+      </c>
+      <c r="E5">
+        <v>-3</v>
+      </c>
+      <c r="F5">
+        <v>34</v>
+      </c>
+      <c r="H5" t="str">
+        <v>sippijeff,b0bbert</v>
+      </c>
+      <c r="I5">
+        <v>-3</v>
+      </c>
+      <c r="J5">
+        <v>34</v>
+      </c>
+      <c r="O5">
+        <v>3</v>
+      </c>
+      <c r="P5">
         <v>4</v>
       </c>
-      <c r="C5">
-[...37 lines deleted...]
-      </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
-        <v>3</v>
-[...4 lines deleted...]
-      <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Whyatt King</v>
       </c>
       <c r="E6">
         <v>3</v>
       </c>
       <c r="F6">
         <v>40</v>
       </c>
       <c r="H6" t="str">
         <v>superwhy</v>
       </c>
       <c r="I6">
         <v>3</v>
       </c>
       <c r="J6">
         <v>40</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>5</v>
       </c>