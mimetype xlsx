--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -1236,50 +1236,53 @@
       </c>
       <c r="C7">
         <v>-1</v>
       </c>
       <c r="D7">
         <v>-12</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>10</v>
       </c>
       <c r="G7">
         <v>10</v>
       </c>
       <c r="H7" t="str">
         <v>Jim Jaques</v>
       </c>
       <c r="I7">
         <v>11</v>
       </c>
       <c r="J7">
         <v>93</v>
       </c>
+      <c r="K7">
+        <v>320763</v>
+      </c>
       <c r="L7" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M7">
         <v>11</v>
       </c>
       <c r="N7">
         <v>93</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">