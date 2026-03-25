--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -1608,50 +1608,53 @@
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10">
         <v>-11</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>7</v>
       </c>
       <c r="G10">
         <v>7</v>
       </c>
       <c r="H10" t="str">
         <v>Jim Jaques</v>
       </c>
       <c r="I10">
         <v>17</v>
       </c>
       <c r="J10">
         <v>99</v>
       </c>
+      <c r="K10">
+        <v>320763</v>
+      </c>
       <c r="L10" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M10">
         <v>17</v>
       </c>
       <c r="N10">
         <v>99</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">