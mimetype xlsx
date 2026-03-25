--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -1483,50 +1483,53 @@
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
         <v>-18</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>12</v>
       </c>
       <c r="G9">
         <v>12</v>
       </c>
       <c r="H9" t="str">
         <v>James Jaques</v>
       </c>
       <c r="I9">
         <v>18</v>
       </c>
       <c r="J9">
         <v>100</v>
       </c>
+      <c r="K9">
+        <v>320763</v>
+      </c>
       <c r="L9" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M9">
         <v>18</v>
       </c>
       <c r="N9">
         <v>100</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">