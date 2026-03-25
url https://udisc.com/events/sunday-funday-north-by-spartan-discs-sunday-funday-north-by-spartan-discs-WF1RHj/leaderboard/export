--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -2234,51 +2234,51 @@
       <c r="D15">
         <v>-6</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>17</v>
       </c>
       <c r="G15">
         <v>17</v>
       </c>
       <c r="H15" t="str">
         <v xml:space="preserve">Nicki Lee Kramer </v>
       </c>
       <c r="I15">
         <v>10</v>
       </c>
       <c r="J15">
         <v>92</v>
       </c>
       <c r="K15">
         <v>212187</v>
       </c>
       <c r="L15" t="str">
-        <v>nmommy1111</v>
+        <v>nickilee</v>
       </c>
       <c r="M15">
         <v>10</v>
       </c>
       <c r="N15">
         <v>92</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
         <v>5</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
@@ -2354,50 +2354,53 @@
         <v>14</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16">
         <v>-24</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>T25</v>
       </c>
       <c r="G16">
         <v>25</v>
       </c>
       <c r="H16" t="str">
         <v>James Jaques</v>
       </c>
       <c r="I16">
         <v>28</v>
       </c>
       <c r="J16">
         <v>110</v>
+      </c>
+      <c r="K16">
+        <v>320763</v>
       </c>
       <c r="L16" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M16">
         <v>28</v>
       </c>
       <c r="N16">
         <v>110</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>4</v>
       </c>
       <c r="R16">
         <v>5</v>
       </c>
       <c r="S16">
         <v>5</v>
       </c>