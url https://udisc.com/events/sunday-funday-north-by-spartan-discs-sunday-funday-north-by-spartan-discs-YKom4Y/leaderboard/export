--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -1111,50 +1111,53 @@
       </c>
       <c r="C6">
         <v>-4</v>
       </c>
       <c r="D6">
         <v>-22</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>21</v>
       </c>
       <c r="G6">
         <v>21</v>
       </c>
       <c r="H6" t="str">
         <v>James Jaques</v>
       </c>
       <c r="I6">
         <v>18</v>
       </c>
       <c r="J6">
         <v>100</v>
       </c>
+      <c r="K6">
+        <v>320763</v>
+      </c>
       <c r="L6" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M6">
         <v>18</v>
       </c>
       <c r="N6">
         <v>100</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>5</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
@@ -1862,51 +1865,51 @@
       <c r="D12">
         <v>-6</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>T14</v>
       </c>
       <c r="G12">
         <v>14</v>
       </c>
       <c r="H12" t="str">
         <v>Nicki Lee Kramer</v>
       </c>
       <c r="I12">
         <v>6</v>
       </c>
       <c r="J12">
         <v>88</v>
       </c>
       <c r="K12">
         <v>212187</v>
       </c>
       <c r="L12" t="str">
-        <v>nmommy1111</v>
+        <v>nickilee</v>
       </c>
       <c r="M12">
         <v>6</v>
       </c>
       <c r="N12">
         <v>88</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>