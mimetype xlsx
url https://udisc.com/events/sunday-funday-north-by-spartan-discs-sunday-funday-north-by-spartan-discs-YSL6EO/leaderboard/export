--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -986,50 +986,53 @@
       </c>
       <c r="C5">
         <v>-3</v>
       </c>
       <c r="D5">
         <v>-14</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>7</v>
       </c>
       <c r="G5">
         <v>7</v>
       </c>
       <c r="H5" t="str">
         <v>James Jaques</v>
       </c>
       <c r="I5">
         <v>11</v>
       </c>
       <c r="J5">
         <v>93</v>
       </c>
+      <c r="K5">
+        <v>320763</v>
+      </c>
       <c r="L5" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M5">
         <v>11</v>
       </c>
       <c r="N5">
         <v>93</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">