--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -3373,51 +3373,51 @@
       </c>
     </row>
     <row r="25">
       <c r="E25" t="str">
         <v>GEN</v>
       </c>
       <c r="F25" t="str">
         <v>16</v>
       </c>
       <c r="G25">
         <v>16</v>
       </c>
       <c r="H25" t="str">
         <v xml:space="preserve">Nicki Lee Kramer </v>
       </c>
       <c r="I25">
         <v>6</v>
       </c>
       <c r="J25">
         <v>88</v>
       </c>
       <c r="K25">
         <v>212187</v>
       </c>
       <c r="L25" t="str">
-        <v>nmommy1111</v>
+        <v>nickilee</v>
       </c>
       <c r="M25">
         <v>6</v>
       </c>
       <c r="N25">
         <v>88</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>4</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>4</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>