--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -1552,50 +1552,53 @@
       </c>
       <c r="C12">
         <v>1</v>
       </c>
       <c r="D12">
         <v>-8</v>
       </c>
       <c r="E12" t="str">
         <v>Ams</v>
       </c>
       <c r="F12" t="str">
         <v>6</v>
       </c>
       <c r="G12">
         <v>6</v>
       </c>
       <c r="H12" t="str">
         <v>Jim Jaques</v>
       </c>
       <c r="I12">
         <v>9</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
+      <c r="K12">
+        <v>320763</v>
+      </c>
       <c r="L12" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M12">
         <v>9</v>
       </c>
       <c r="N12">
         <v>63</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">