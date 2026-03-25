--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -1700,50 +1700,53 @@
         <v>5</v>
       </c>
       <c r="AO10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>10</v>
       </c>
       <c r="G11">
         <v>10</v>
       </c>
       <c r="H11" t="str">
         <v>James Jaques</v>
       </c>
       <c r="I11">
         <v>27</v>
       </c>
       <c r="J11">
         <v>109</v>
       </c>
+      <c r="K11">
+        <v>320763</v>
+      </c>
       <c r="L11" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M11">
         <v>27</v>
       </c>
       <c r="N11">
         <v>109</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">