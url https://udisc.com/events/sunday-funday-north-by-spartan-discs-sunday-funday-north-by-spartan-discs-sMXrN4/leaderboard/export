--- v0 (2025-10-02)
+++ v1 (2026-03-25)
@@ -614,50 +614,53 @@
       </c>
       <c r="C2">
         <v>-7</v>
       </c>
       <c r="D2">
         <v>-25</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>T22</v>
       </c>
       <c r="G2">
         <v>22</v>
       </c>
       <c r="H2" t="str">
         <v>James Jaques</v>
       </c>
       <c r="I2">
         <v>18</v>
       </c>
       <c r="J2">
         <v>100</v>
       </c>
+      <c r="K2">
+        <v>320763</v>
+      </c>
       <c r="L2" t="str">
         <v>jimmysjeep</v>
       </c>
       <c r="M2">
         <v>18</v>
       </c>
       <c r="N2">
         <v>100</v>
       </c>
       <c r="O2">
         <v>5</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">