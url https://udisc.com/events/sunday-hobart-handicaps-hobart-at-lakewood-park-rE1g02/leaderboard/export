--- v0 (2026-01-25)
+++ v1 (2026-02-20)
@@ -947,883 +947,874 @@
       </c>
       <c r="AC5">
         <v>2</v>
       </c>
       <c r="AD5">
         <v>4</v>
       </c>
       <c r="AE5">
         <v>2</v>
       </c>
       <c r="AF5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T5</v>
       </c>
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>T3</v>
+        <v>T8</v>
       </c>
       <c r="G6">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="H6" t="str">
-        <v>Lee Stutz</v>
+        <v>Testicole</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J6">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="K6">
-        <v>107017</v>
+        <v>176673</v>
       </c>
       <c r="L6" t="str">
-        <v>hyzerbomb12</v>
+        <v>colehuden</v>
       </c>
       <c r="M6">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="N6">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="O6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>3</v>
+      </c>
+      <c r="W6">
+        <v>3</v>
+      </c>
+      <c r="X6">
+        <v>6</v>
+      </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
       <c r="AD6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T5</v>
       </c>
       <c r="B7">
         <v>5</v>
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7">
         <v>-1</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>T9</v>
+        <v>T8</v>
       </c>
       <c r="G7">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H7" t="str">
-        <v>Testicole</v>
+        <v>Austin willard</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>60</v>
       </c>
-      <c r="K7">
-[...1 lines deleted...]
-      </c>
       <c r="L7" t="str">
-        <v>colehuden</v>
+        <v>austinwillard</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>60</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>6</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE7">
         <v>4</v>
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" t="str">
-        <v>T5</v>
+      <c r="A8">
+        <v>7</v>
       </c>
       <c r="B8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D8">
-        <v>-1</v>
+        <v>4</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>T9</v>
+        <v>T3</v>
       </c>
       <c r="G8">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="H8" t="str">
-        <v>Austin willard</v>
+        <v>Jacob Rich</v>
       </c>
       <c r="I8">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="J8">
-        <v>60</v>
+        <v>56</v>
+      </c>
+      <c r="K8">
+        <v>129088</v>
       </c>
       <c r="L8" t="str">
-        <v>austinwillard</v>
+        <v>jakerich</v>
       </c>
       <c r="M8">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="N8">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>4</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D9">
-        <v>4</v>
+        <v>-11</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>T3</v>
+        <v>11</v>
       </c>
       <c r="G9">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="H9" t="str">
-        <v>Jacob Rich</v>
+        <v>Arnie Summers</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="J9">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>129088</v>
+        <v>72</v>
       </c>
       <c r="L9" t="str">
-        <v>jakerich</v>
+        <v>nekearn</v>
       </c>
       <c r="M9">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="N9">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="O9">
         <v>5</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10">
         <v>9</v>
       </c>
       <c r="C10">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D10">
-        <v>-11</v>
+        <v>4</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="G10">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="H10" t="str">
-        <v>Arnie Summers</v>
+        <v>Ellis Baker</v>
       </c>
       <c r="I10">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="J10">
-        <v>72</v>
+        <v>59</v>
+      </c>
+      <c r="K10">
+        <v>166236</v>
       </c>
       <c r="L10" t="str">
-        <v>nekearn</v>
+        <v>etbaker5</v>
       </c>
       <c r="M10">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="N10">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="O10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Y10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC10">
         <v>3</v>
       </c>
       <c r="AD10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11">
-        <v>10</v>
+      <c r="A11" t="str">
+        <v>T10</v>
       </c>
       <c r="B11">
         <v>10</v>
       </c>
       <c r="C11">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D11">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
+        <v>10</v>
+      </c>
+      <c r="G11">
+        <v>10</v>
+      </c>
+      <c r="H11" t="str">
+        <v>Mayo Jasmin</v>
+      </c>
+      <c r="I11">
         <v>8</v>
       </c>
-      <c r="G11">
+      <c r="J11">
+        <v>64</v>
+      </c>
+      <c r="L11" t="str">
+        <v>mayojaz</v>
+      </c>
+      <c r="M11">
         <v>8</v>
       </c>
-      <c r="H11" t="str">
-[...16 lines deleted...]
-      </c>
       <c r="N11">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X11">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Y11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="B12">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12">
-        <v>1</v>
+        <v>-14</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G12">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H12" t="str">
-        <v>Mayo Jasmin</v>
+        <v>Gabriella Lopez</v>
       </c>
       <c r="I12">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="J12">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="L12" t="str">
-        <v>mayojaz</v>
+        <v>gabriellaels</v>
       </c>
       <c r="M12">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="N12">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X12">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Z12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" t="str">
-[...10 lines deleted...]
-      </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="G13">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="H13" t="str">
-        <v>Gabriella Lopez</v>
+        <v>Pawel Hanczaruk</v>
       </c>
       <c r="I13">
-        <v>23</v>
+        <v>-1</v>
       </c>
       <c r="J13">
-        <v>79</v>
+        <v>55</v>
+      </c>
+      <c r="K13">
+        <v>33678</v>
       </c>
       <c r="L13" t="str">
-        <v>gabriellaels</v>
+        <v>pawelh</v>
       </c>
       <c r="M13">
-        <v>23</v>
+        <v>-1</v>
       </c>
       <c r="N13">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="O13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U13">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X13">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC13">
         <v>2</v>
       </c>
       <c r="AD13">
         <v>4</v>
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
       <c r="AF13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
+      <c r="C14">
+        <v>3</v>
+      </c>
+      <c r="D14">
+        <v>3</v>
+      </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="H14" t="str">
-        <v>Pawel Hanczaruk</v>
+        <v>Lee Stutz</v>
       </c>
       <c r="I14">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J14">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="K14">
-        <v>33678</v>
+        <v>107017</v>
       </c>
       <c r="L14" t="str">
-        <v>pawelh</v>
+        <v>hyzerbomb12</v>
       </c>
       <c r="M14">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="N14">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T14">
-        <v>4</v>
-[...11 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
         <v>2</v>
       </c>
       <c r="AC14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE14">
         <v>3</v>
       </c>
       <c r="AF14">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF14"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>