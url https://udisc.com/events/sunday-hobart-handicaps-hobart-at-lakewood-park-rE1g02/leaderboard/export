--- v1 (2026-02-20)
+++ v2 (2026-03-12)
@@ -1451,50 +1451,53 @@
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11">
         <v>1</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>10</v>
       </c>
       <c r="G11">
         <v>10</v>
       </c>
       <c r="H11" t="str">
         <v>Mayo Jasmin</v>
       </c>
       <c r="I11">
         <v>8</v>
       </c>
       <c r="J11">
         <v>64</v>
       </c>
+      <c r="K11">
+        <v>162201</v>
+      </c>
       <c r="L11" t="str">
         <v>mayojaz</v>
       </c>
       <c r="M11">
         <v>8</v>
       </c>
       <c r="N11">
         <v>64</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>4</v>
       </c>
       <c r="S11">
         <v>4</v>
       </c>
       <c r="T11">