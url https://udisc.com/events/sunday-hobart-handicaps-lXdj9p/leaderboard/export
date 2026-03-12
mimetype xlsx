--- v0 (2026-01-10)
+++ v1 (2026-03-12)
@@ -714,286 +714,289 @@
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Austin willard</v>
+        <v>Mayo Jasmin</v>
       </c>
       <c r="E4">
         <v>4</v>
       </c>
       <c r="F4">
         <v>59</v>
       </c>
+      <c r="G4">
+        <v>162201</v>
+      </c>
       <c r="H4" t="str">
-        <v>austinwillard</v>
+        <v>mayojaz</v>
       </c>
       <c r="I4">
         <v>4</v>
       </c>
       <c r="J4">
         <v>59</v>
       </c>
       <c r="K4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>5</v>
       </c>
       <c r="R4">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Harold k Pickering</v>
+        <v>Austin willard</v>
       </c>
       <c r="E5">
         <v>4</v>
       </c>
       <c r="F5">
         <v>59</v>
       </c>
       <c r="H5" t="str">
-        <v>kimkiz</v>
+        <v>austinwillard</v>
       </c>
       <c r="I5">
         <v>4</v>
       </c>
       <c r="J5">
         <v>59</v>
       </c>
       <c r="K5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
+        <v>3</v>
+      </c>
+      <c r="Q5">
         <v>5</v>
       </c>
-      <c r="Q5">
-[...1 lines deleted...]
-      </c>
       <c r="R5">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="S5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
-        <v>Mayo Jasmin</v>
+        <v>Harold k Pickering</v>
       </c>
       <c r="E6">
         <v>4</v>
       </c>
       <c r="F6">
         <v>59</v>
       </c>
       <c r="H6" t="str">
-        <v>mayojaz</v>
+        <v>kimkiz</v>
       </c>
       <c r="I6">
         <v>4</v>
       </c>
       <c r="J6">
         <v>59</v>
       </c>
       <c r="K6">
         <v>6</v>
       </c>
       <c r="L6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
         <v>5</v>
       </c>
-      <c r="P6">
-[...1 lines deleted...]
-      </c>
       <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>3</v>
+      </c>
+      <c r="S6">
         <v>5</v>
       </c>
-      <c r="R6">
-[...4 lines deleted...]
-      </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Tony R Turner</v>
       </c>
       <c r="E7">
         <v>5</v>
       </c>
       <c r="F7">
         <v>60</v>
       </c>
       <c r="H7" t="str">
         <v>turnertr</v>
       </c>
       <c r="I7">