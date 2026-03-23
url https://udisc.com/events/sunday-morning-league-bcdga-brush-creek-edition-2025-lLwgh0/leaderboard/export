--- v0 (2025-12-15)
+++ v1 (2026-03-23)
@@ -414,51 +414,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:L7"/>
+  <dimension ref="A1:L6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="22.83203125" customWidth="1"/>
     <col min="10" max="10" width="22.83203125" customWidth="1"/>
     <col min="11" max="11" width="19.83203125" customWidth="1"/>
     <col min="12" max="12" width="19.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>division</v>
       </c>
       <c r="B1" t="str">
         <v>position</v>
       </c>
@@ -514,239 +514,198 @@
       </c>
       <c r="G2">
         <v>282266</v>
       </c>
       <c r="H2" t="str">
         <v>capandcheese</v>
       </c>
       <c r="I2">
         <v>-5</v>
       </c>
       <c r="J2">
         <v>-8</v>
       </c>
       <c r="K2">
         <v>49</v>
       </c>
       <c r="L2">
         <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Chris Lindner</v>
+        <v>Josh Young</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
-        <v>48</v>
+        <v>102</v>
       </c>
       <c r="G3">
-        <v>102265</v>
+        <v>265714</v>
       </c>
       <c r="H3" t="str">
-        <v>chrislindner</v>
+        <v>gutz111</v>
       </c>
       <c r="I3">
-        <v>-6</v>
+        <v>-4</v>
       </c>
       <c r="J3">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="K3">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="L3">
-        <v>0</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Josh Young</v>
+        <v>Chris Lindner</v>
       </c>
       <c r="E4">
         <v>-6</v>
       </c>
       <c r="F4">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="G4">
-        <v>265714</v>
+        <v>102265</v>
       </c>
       <c r="H4" t="str">
-        <v>gutz111</v>
+        <v>chrislindner</v>
       </c>
       <c r="I4">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="J4">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="K4">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="L4">
-        <v>52</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
         <v>Chris Mackey</v>
       </c>
       <c r="E5">
         <v>-4</v>
       </c>
       <c r="F5">
         <v>50</v>
       </c>
       <c r="G5">
         <v>111245</v>
       </c>
       <c r="H5" t="str">
         <v>chrismack</v>
       </c>
       <c r="I5">
         <v>-4</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>50</v>
       </c>
       <c r="L5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Doug Florian</v>
       </c>
       <c r="E6">
         <v>2</v>
       </c>
       <c r="F6">
         <v>56</v>
       </c>
       <c r="G6">
         <v>177286</v>
       </c>
       <c r="H6" t="str">
         <v>dougflorian77</v>
       </c>
       <c r="I6">
         <v>2</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>56</v>
       </c>
       <c r="L6">
         <v>0</v>
       </c>
     </row>
-    <row r="7">
-[...30 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:L7"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:L6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC7"/>
+  <dimension ref="A1:AC6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1272,89 +1231,60 @@
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
     </row>
-    <row r="7">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC7"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC7"/>
+  <dimension ref="A1:AC6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1529,271 +1459,233 @@
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>4</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Chris Lindner</v>
+        <v>Josh Young</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
-        <v>48</v>
+        <v>102</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
-        <v>102265</v>
+        <v>265714</v>
       </c>
       <c r="I3" t="str">
-        <v>chrislindner</v>
+        <v>gutz111</v>
       </c>
       <c r="J3">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="K3">
-        <v>0</v>
+        <v>52</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
+      </c>
+      <c r="M3">
+        <v>2</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
+        <v>3</v>
+      </c>
+      <c r="P3">
+        <v>2</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
+      </c>
+      <c r="S3">
+        <v>3</v>
+      </c>
+      <c r="T3">
+        <v>4</v>
+      </c>
+      <c r="U3">
+        <v>3</v>
+      </c>
+      <c r="V3">
+        <v>3</v>
+      </c>
+      <c r="W3">
+        <v>3</v>
+      </c>
+      <c r="X3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>2</v>
+      </c>
+      <c r="Z3">
+        <v>4</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>2</v>
+      </c>
+      <c r="AC3">
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Josh Young</v>
+        <v>Chris Lindner</v>
       </c>
       <c r="E4">
         <v>-6</v>
       </c>
       <c r="F4">
-        <v>102</v>
+        <v>48</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
-        <v>265714</v>
+        <v>102265</v>
       </c>
       <c r="I4" t="str">
-        <v>gutz111</v>
+        <v>chrislindner</v>
       </c>
       <c r="J4">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="K4">
-        <v>52</v>
-[...53 lines deleted...]
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
         <v>Chris Mackey</v>
       </c>
       <c r="E5">
         <v>-4</v>
       </c>
       <c r="F5">
         <v>50</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>111245</v>
       </c>
       <c r="I5" t="str">
         <v>chrismack</v>
       </c>
       <c r="J5">
         <v>0</v>
       </c>
       <c r="K5">
         <v>0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Doug Florian</v>
       </c>
       <c r="E6">
         <v>2</v>
       </c>
       <c r="F6">
         <v>56</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
         <v>177286</v>
       </c>
       <c r="I6" t="str">
         <v>dougflorian77</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
       <c r="K6">
         <v>0</v>
       </c>
     </row>
-    <row r="7">
-[...27 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC7"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
       <vt:lpstr>Round 1</vt:lpstr>
       <vt:lpstr>Round 2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>