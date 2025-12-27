--- v0 (2025-11-14)
+++ v1 (2025-12-27)
@@ -1606,51 +1606,51 @@
       <c r="D10">
         <v>-7</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>15</v>
       </c>
       <c r="G10">
         <v>15</v>
       </c>
       <c r="H10" t="str">
         <v>Donald Magill</v>
       </c>
       <c r="I10">
         <v>9</v>
       </c>
       <c r="J10">
         <v>93</v>
       </c>
       <c r="K10">
         <v>128257</v>
       </c>
       <c r="L10" t="str">
-        <v>theoschism</v>
+        <v>danbagel</v>
       </c>
       <c r="M10">
         <v>9</v>
       </c>
       <c r="N10">
         <v>93</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>5</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>4</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>