--- v0 (2026-01-12)
+++ v1 (2026-02-02)
@@ -1057,50 +1057,53 @@
         <v>5</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Alyssa Cloward</v>
       </c>
       <c r="E8">
         <v>10</v>
       </c>
       <c r="F8">
         <v>64</v>
       </c>
+      <c r="G8">
+        <v>319968</v>
+      </c>
       <c r="H8" t="str">
         <v>imsofluffy213</v>
       </c>
       <c r="I8">
         <v>10</v>
       </c>
       <c r="J8">
         <v>64</v>
       </c>
       <c r="K8">
         <v>5</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>4</v>
       </c>
       <c r="O8">
         <v>5</v>
       </c>
       <c r="P8">
@@ -1139,50 +1142,53 @@
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Braden Cloward</v>
       </c>
       <c r="E9">
         <v>13</v>
       </c>
       <c r="F9">
         <v>67</v>
+      </c>
+      <c r="G9">
+        <v>320927</v>
       </c>
       <c r="H9" t="str">
         <v>varisc</v>
       </c>
       <c r="I9">
         <v>13</v>
       </c>
       <c r="J9">
         <v>67</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>5</v>
       </c>