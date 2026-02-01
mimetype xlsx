--- v0 (2026-01-12)
+++ v1 (2026-02-01)
@@ -1137,50 +1137,53 @@
         <v>3</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>4</v>
       </c>
       <c r="C9">
         <v>4</v>
       </c>
       <c r="D9" t="str">
         <v>Alyssa Cloward</v>
       </c>
       <c r="E9">
         <v>16</v>
       </c>
       <c r="F9">
         <v>70</v>
       </c>
+      <c r="G9">
+        <v>319968</v>
+      </c>
       <c r="H9" t="str">
         <v>imsofluffy213</v>
       </c>
       <c r="I9">
         <v>16</v>
       </c>
       <c r="J9">
         <v>70</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>6</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
@@ -1219,50 +1222,53 @@
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>5</v>
       </c>
       <c r="C10">
         <v>5</v>
       </c>
       <c r="D10" t="str">
         <v>Braden Cloward</v>
       </c>
       <c r="E10">
         <v>20</v>
       </c>
       <c r="F10">
         <v>74</v>
+      </c>
+      <c r="G10">
+        <v>320927</v>
       </c>
       <c r="H10" t="str">
         <v>varisc</v>
       </c>
       <c r="I10">
         <v>20</v>
       </c>
       <c r="J10">
         <v>74</v>
       </c>
       <c r="K10">
         <v>5</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>