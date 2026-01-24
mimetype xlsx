--- v1 (2025-12-28)
+++ v2 (2026-01-24)
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>60</v>
       </c>
       <c r="H6" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>60</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>