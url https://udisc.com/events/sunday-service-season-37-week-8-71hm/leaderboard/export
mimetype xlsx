--- v2 (2026-01-24)
+++ v3 (2026-03-05)
@@ -1796,51 +1796,51 @@
       </c>
       <c r="AB16">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MPO</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
         <v>James King</v>
       </c>
       <c r="E17">
         <v>5</v>
       </c>
       <c r="F17">
         <v>64</v>
       </c>
       <c r="H17" t="str">
-        <v>jaemittens</v>
+        <v>jaeking</v>
       </c>
       <c r="I17">
         <v>5</v>
       </c>
       <c r="J17">
         <v>64</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>