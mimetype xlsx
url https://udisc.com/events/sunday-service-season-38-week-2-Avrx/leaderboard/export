--- v0 (2025-10-21)
+++ v1 (2026-01-24)
@@ -1464,51 +1464,51 @@
       </c>
       <c r="AB12">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E13">
         <v>4</v>
       </c>
       <c r="F13">
         <v>63</v>
       </c>
       <c r="H13" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="I13">
         <v>4</v>
       </c>
       <c r="J13">
         <v>63</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>