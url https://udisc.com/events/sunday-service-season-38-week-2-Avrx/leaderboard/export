--- v1 (2026-01-24)
+++ v2 (2026-03-05)
@@ -2958,51 +2958,51 @@
       </c>
       <c r="AB30">
         <v>8</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MPO</v>
       </c>
       <c r="B31" t="str">
         <v>T29</v>
       </c>
       <c r="C31">
         <v>29</v>
       </c>
       <c r="D31" t="str">
         <v>James King</v>
       </c>
       <c r="E31">
         <v>10</v>
       </c>
       <c r="F31">
         <v>69</v>
       </c>
       <c r="H31" t="str">
-        <v>jaemittens</v>
+        <v>jaeking</v>
       </c>
       <c r="I31">
         <v>10</v>
       </c>
       <c r="J31">
         <v>69</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>2</v>
       </c>
       <c r="O31">
         <v>4</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
@@ -3785,51 +3785,51 @@
       </c>
       <c r="AA40">
         <v>4</v>
       </c>
       <c r="AB40">
         <v>7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MPO</v>
       </c>
       <c r="B41" t="str">
         <v>DNF</v>
       </c>
       <c r="D41" t="str">
         <v>James King</v>
       </c>
       <c r="E41">
         <v>0</v>
       </c>
       <c r="F41">
         <v>0</v>
       </c>
       <c r="H41" t="str">
-        <v>jaemittens</v>
+        <v>jaeking</v>
       </c>
       <c r="I41">
         <v>0</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB41"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>