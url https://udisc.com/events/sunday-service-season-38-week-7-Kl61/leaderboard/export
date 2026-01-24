--- v0 (2025-10-19)
+++ v1 (2026-01-24)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E5">
         <v>-11</v>
       </c>
       <c r="F5">
         <v>48</v>
       </c>
       <c r="H5" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="I5">
         <v>-11</v>
       </c>
       <c r="J5">
         <v>48</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Grayson Rohs</v>
       </c>
       <c r="E6">
         <v>-10</v>
       </c>
       <c r="F6">
         <v>49</v>
       </c>
       <c r="H6" t="str">
-        <v>graysonrohs</v>
+        <v>kingofperk</v>
       </c>
       <c r="I6">
         <v>-10</v>
       </c>
       <c r="J6">
         <v>49</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>