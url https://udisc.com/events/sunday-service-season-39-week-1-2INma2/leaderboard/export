--- v1 (2026-01-24)
+++ v2 (2026-03-05)
@@ -1273,51 +1273,51 @@
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>James King</v>
       </c>
       <c r="E10">
         <v>-8</v>
       </c>
       <c r="F10">
         <v>51</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
         <v>262960</v>
       </c>
       <c r="I10" t="str">
-        <v>jaemittens</v>
+        <v>jaeking</v>
       </c>
       <c r="J10">
         <v>-8</v>
       </c>
       <c r="K10">
         <v>51</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>