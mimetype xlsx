--- v1 (2025-12-28)
+++ v2 (2026-01-24)
@@ -1095,51 +1095,51 @@
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>48</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>129379</v>
       </c>
       <c r="I8" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="J8">
         <v>-6</v>
       </c>
       <c r="K8">
         <v>48</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>