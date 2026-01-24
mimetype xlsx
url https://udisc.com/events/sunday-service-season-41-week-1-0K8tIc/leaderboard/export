--- v0 (2025-10-19)
+++ v1 (2026-01-24)
@@ -1086,51 +1086,51 @@
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E8">
         <v>-7</v>
       </c>
       <c r="F8">
         <v>52</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>129379</v>
       </c>
       <c r="I8" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="J8">
         <v>-7</v>
       </c>
       <c r="K8">
         <v>52</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>