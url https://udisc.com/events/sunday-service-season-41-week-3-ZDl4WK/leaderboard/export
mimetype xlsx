--- v1 (2026-01-13)
+++ v2 (2026-03-05)
@@ -828,51 +828,51 @@
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E5">
         <v>-10</v>
       </c>
       <c r="F5">
         <v>49</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>129379</v>
       </c>
       <c r="I5" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="J5">
         <v>-10</v>
       </c>
       <c r="K5">
         <v>49</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>