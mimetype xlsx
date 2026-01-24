--- v0 (2025-11-26)
+++ v1 (2026-01-24)
@@ -1168,50 +1168,53 @@
         <v>4</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T7</v>
       </c>
       <c r="C9">
         <v>7</v>
       </c>
       <c r="D9" t="str">
         <v>Emmet Francis</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>54</v>
       </c>
+      <c r="G9">
+        <v>274746</v>
+      </c>
       <c r="H9" t="str">
         <v>emmetf</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
         <v>54</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">