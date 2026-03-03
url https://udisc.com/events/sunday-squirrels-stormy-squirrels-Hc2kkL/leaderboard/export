--- v1 (2026-01-24)
+++ v2 (2026-03-03)
@@ -907,52 +907,55 @@
         <v>2</v>
       </c>
       <c r="AC5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Alan Jenkins</v>
       </c>
       <c r="E6">
         <v>-4</v>
       </c>
       <c r="F6">
         <v>53</v>
       </c>
+      <c r="G6">
+        <v>316529</v>
+      </c>
       <c r="H6" t="str">
-        <v>efyoo2</v>
+        <v>hyzerflipz</v>
       </c>
       <c r="I6">
         <v>-4</v>
       </c>
       <c r="J6">
         <v>53</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>