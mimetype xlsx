--- v0 (2026-01-24)
+++ v1 (2026-03-03)
@@ -1699,52 +1699,55 @@
         <v>3</v>
       </c>
       <c r="AC14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>Alan Jenkins</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>57</v>
       </c>
+      <c r="G15">
+        <v>316529</v>
+      </c>
       <c r="H15" t="str">
-        <v>efyoo2</v>
+        <v>hyzerflipz</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>57</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>