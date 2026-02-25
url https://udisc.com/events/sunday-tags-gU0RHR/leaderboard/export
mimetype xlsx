--- v1 (2026-02-05)
+++ v2 (2026-02-25)
@@ -1321,50 +1321,53 @@
         <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>OPN</v>
       </c>
       <c r="B11" t="str">
         <v>T7</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11" t="str">
         <v>Daniel Johnson</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
         <v>56</v>
       </c>
+      <c r="G11">
+        <v>322178</v>
+      </c>
       <c r="H11" t="str">
         <v>thingdan</v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11">
         <v>56</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">