--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -550,50 +550,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>LDS</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Kelsey Johnson</v>
       </c>
       <c r="E2">
         <v>13</v>
       </c>
       <c r="F2">
         <v>68</v>
       </c>
+      <c r="G2">
+        <v>316164</v>
+      </c>
       <c r="H2" t="str">
         <v>kelseyn239</v>
       </c>
       <c r="I2">
         <v>13</v>
       </c>
       <c r="J2">
         <v>68</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">