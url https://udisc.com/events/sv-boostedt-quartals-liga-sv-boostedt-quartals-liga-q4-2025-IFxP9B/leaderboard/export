--- v0 (2025-11-10)
+++ v1 (2025-12-02)
@@ -1640,51 +1640,51 @@
       <c r="E12" t="str">
         <v>Alle</v>
       </c>
       <c r="F12" t="str">
         <v>T4</v>
       </c>
       <c r="G12">
         <v>4</v>
       </c>
       <c r="H12" t="str">
         <v>Paul Dreyer</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>64</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>317212</v>
       </c>
       <c r="M12" t="str">
-        <v>pdreyer</v>
+        <v>paulusdg</v>
       </c>
       <c r="N12">
         <v>0</v>
       </c>
       <c r="O12">
         <v>64</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
@@ -2971,51 +2971,51 @@
       <c r="D25">
         <v>-1</v>
       </c>
       <c r="E25" t="str">
         <v>Alle</v>
       </c>
       <c r="F25" t="str">
         <v>DUP</v>
       </c>
       <c r="H25" t="str">
         <v>Paul Dreyer</v>
       </c>
       <c r="I25">
         <v>5</v>
       </c>
       <c r="J25">
         <v>69</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="L25">
         <v>317212</v>
       </c>
       <c r="M25" t="str">
-        <v>pdreyer</v>
+        <v>paulusdg</v>
       </c>
       <c r="N25">
         <v>5</v>
       </c>
       <c r="O25">
         <v>69</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>4</v>
       </c>
       <c r="R25">
         <v>4</v>
       </c>
       <c r="S25">
         <v>2</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>