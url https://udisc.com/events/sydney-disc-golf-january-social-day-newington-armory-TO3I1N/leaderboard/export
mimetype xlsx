--- v0 (2026-02-01)
+++ v1 (2026-02-26)
@@ -2665,197 +2665,200 @@
       </c>
       <c r="Y26">
         <v>7</v>
       </c>
       <c r="Z26">
         <v>7</v>
       </c>
       <c r="AA26">
         <v>7</v>
       </c>
       <c r="AB26">
         <v>7</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>REC</v>
       </c>
       <c r="B27" t="str">
         <v>T1</v>
       </c>
       <c r="C27">
         <v>1</v>
       </c>
       <c r="D27" t="str">
-        <v>Gary Bonner</v>
+        <v>Neil Guo</v>
       </c>
       <c r="E27">
         <v>-3</v>
       </c>
       <c r="F27">
         <v>51</v>
       </c>
+      <c r="G27">
+        <v>322638</v>
+      </c>
       <c r="H27" t="str">
-        <v>gazgoyle</v>
+        <v>moxwumpass</v>
       </c>
       <c r="I27">
         <v>-3</v>
       </c>
       <c r="J27">
         <v>51</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O27">
         <v>2</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
         <v>3</v>
       </c>
       <c r="R27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S27">
         <v>3</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y27">
         <v>3</v>
       </c>
       <c r="Z27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>REC</v>
       </c>
       <c r="B28" t="str">
         <v>T1</v>
       </c>
       <c r="C28">
         <v>1</v>
       </c>
       <c r="D28" t="str">
-        <v>Neil Guo</v>
+        <v>Gary Bonner</v>
       </c>
       <c r="E28">
         <v>-3</v>
       </c>
       <c r="F28">
         <v>51</v>
       </c>
       <c r="H28" t="str">
-        <v>moxwumpass</v>
+        <v>gazgoyle</v>
       </c>
       <c r="I28">
         <v>-3</v>
       </c>
       <c r="J28">
         <v>51</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M28">
         <v>2</v>
       </c>
       <c r="N28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O28">
         <v>2</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S28">
         <v>3</v>
       </c>
       <c r="T28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>REC</v>
       </c>
       <c r="B29" t="str">
         <v>3</v>
       </c>
       <c r="C29">
         <v>3</v>
       </c>
       <c r="D29" t="str">
         <v>Amy Ellis</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">