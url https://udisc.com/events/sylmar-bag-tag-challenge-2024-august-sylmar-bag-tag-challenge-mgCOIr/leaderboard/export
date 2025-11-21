--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -3480,197 +3480,200 @@
       </c>
       <c r="Y36">
         <v>4</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
         <v>4</v>
       </c>
       <c r="AB36">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T36</v>
       </c>
       <c r="C37">
         <v>36</v>
       </c>
       <c r="D37" t="str">
-        <v>Ed valadez</v>
+        <v>Bradley Thomas</v>
       </c>
       <c r="E37">
         <v>11</v>
       </c>
       <c r="F37">
         <v>68</v>
       </c>
       <c r="G37">
-        <v>257720</v>
+        <v>101602</v>
       </c>
       <c r="H37" t="str">
-        <v>discer7829</v>
+        <v>turbodisc69</v>
       </c>
       <c r="I37">
         <v>11</v>
       </c>
       <c r="J37">
         <v>68</v>
       </c>
       <c r="K37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M37">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P37">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V37">
         <v>4</v>
       </c>
       <c r="W37">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
         <v>5</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T36</v>
       </c>
       <c r="C38">
         <v>36</v>
       </c>
       <c r="D38" t="str">
-        <v>Bradley Thomas</v>
+        <v>Ed valadez</v>
       </c>
       <c r="E38">
         <v>11</v>
       </c>
       <c r="F38">
         <v>68</v>
       </c>
+      <c r="G38">
+        <v>257720</v>
+      </c>
       <c r="H38" t="str">
-        <v>turbodisc69</v>
+        <v>discer7829</v>
       </c>
       <c r="I38">
         <v>11</v>
       </c>
       <c r="J38">
         <v>68</v>
       </c>
       <c r="K38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M38">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q38">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V38">
         <v>4</v>
       </c>
       <c r="W38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X38">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z38">
         <v>3</v>
       </c>
       <c r="AA38">
         <v>5</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T38</v>
       </c>
       <c r="C39">
         <v>38</v>
       </c>
       <c r="D39" t="str">
         <v>Eric Milon</v>
       </c>
       <c r="E39">
@@ -3742,50 +3745,53 @@
       <c r="AA39">
         <v>5</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T38</v>
       </c>
       <c r="C40">
         <v>38</v>
       </c>
       <c r="D40" t="str">
         <v>Rafael Sandoval</v>
       </c>
       <c r="E40">
         <v>12</v>
       </c>
       <c r="F40">
         <v>69</v>
+      </c>
+      <c r="G40">
+        <v>317428</v>
       </c>
       <c r="H40" t="str">
         <v>rafael24</v>
       </c>
       <c r="I40">
         <v>12</v>
       </c>
       <c r="J40">
         <v>69</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>3</v>
       </c>
       <c r="M40">
         <v>6</v>
       </c>
       <c r="N40">
         <v>5</v>
       </c>
       <c r="O40">
         <v>4</v>
       </c>