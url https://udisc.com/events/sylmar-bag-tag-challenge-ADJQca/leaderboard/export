--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -4248,206 +4248,209 @@
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
         <v>3</v>
       </c>
       <c r="AA45">
         <v>4</v>
       </c>
       <c r="AB45">
         <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T45</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="str">
-        <v>Lenny Garifo</v>
+        <v>Bradley Thomas</v>
       </c>
       <c r="E46">
         <v>6</v>
       </c>
       <c r="F46">
         <v>60</v>
       </c>
       <c r="G46">
-        <v>202695</v>
+        <v>101602</v>
       </c>
       <c r="H46" t="str">
-        <v>lennyg</v>
+        <v>turbodisc69</v>
       </c>
       <c r="I46">
         <v>6</v>
       </c>
       <c r="J46">
         <v>60</v>
       </c>
       <c r="K46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
         <v>3</v>
       </c>
       <c r="N46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
       <c r="Q46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U46">
         <v>3</v>
       </c>
       <c r="V46">
         <v>3</v>
       </c>
       <c r="W46">
         <v>4</v>
       </c>
       <c r="X46">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
         <v>T45</v>
       </c>
       <c r="C47">
         <v>45</v>
       </c>
       <c r="D47" t="str">
-        <v>Bradley Thomas</v>
+        <v>Lenny Garifo</v>
       </c>
       <c r="E47">
         <v>6</v>
       </c>
       <c r="F47">
         <v>60</v>
       </c>
+      <c r="G47">
+        <v>202695</v>
+      </c>
       <c r="H47" t="str">
-        <v>turbodisc69</v>
+        <v>lennyg</v>
       </c>
       <c r="I47">
         <v>6</v>
       </c>
       <c r="J47">
         <v>60</v>
       </c>
       <c r="K47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L47">
         <v>3</v>
       </c>
       <c r="M47">
         <v>3</v>
       </c>
       <c r="N47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O47">
         <v>3</v>
       </c>
       <c r="P47">
         <v>3</v>
       </c>
       <c r="Q47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U47">
         <v>3</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
         <v>4</v>
       </c>
       <c r="X47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y47">
         <v>3</v>
       </c>
       <c r="Z47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>GEN</v>
       </c>
       <c r="B48" t="str">
         <v>T45</v>
       </c>
       <c r="C48">
         <v>45</v>
       </c>
       <c r="D48" t="str">
         <v>Eddy Taylor</v>
       </c>
       <c r="E48">
         <v>6</v>
       </c>
       <c r="F48">
         <v>60</v>
       </c>
       <c r="H48" t="str">
         <v>waneespirit</v>
       </c>
       <c r="I48">
@@ -5183,50 +5186,53 @@
       <c r="AA56">
         <v>4</v>
       </c>
       <c r="AB56">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>GEN</v>
       </c>
       <c r="B57" t="str">
         <v>T55</v>
       </c>
       <c r="C57">
         <v>55</v>
       </c>
       <c r="D57" t="str">
         <v>Rafael Sandoval</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57">
         <v>65</v>
+      </c>
+      <c r="G57">
+        <v>317428</v>
       </c>
       <c r="H57" t="str">
         <v>rafael24</v>
       </c>
       <c r="I57">
         <v>11</v>
       </c>
       <c r="J57">
         <v>65</v>
       </c>
       <c r="K57">
         <v>3</v>
       </c>
       <c r="L57">
         <v>4</v>
       </c>
       <c r="M57">
         <v>5</v>
       </c>
       <c r="N57">
         <v>3</v>
       </c>
       <c r="O57">
         <v>3</v>
       </c>