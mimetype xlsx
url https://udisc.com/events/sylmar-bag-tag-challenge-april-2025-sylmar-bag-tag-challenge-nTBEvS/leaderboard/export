--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -3492,366 +3492,369 @@
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T35</v>
       </c>
       <c r="C37">
         <v>35</v>
       </c>
       <c r="D37" t="str">
-        <v>Giane Franco escandon</v>
+        <v>Rafael Sandoval</v>
       </c>
       <c r="E37">
         <v>2</v>
       </c>
       <c r="F37">
         <v>56</v>
       </c>
+      <c r="G37">
+        <v>317428</v>
+      </c>
       <c r="H37" t="str">
-        <v>francoo29</v>
+        <v>rafael24</v>
       </c>
       <c r="I37">
         <v>2</v>
       </c>
       <c r="J37">
         <v>56</v>
       </c>
       <c r="K37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L37">
         <v>2</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T37">
         <v>3</v>
       </c>
       <c r="U37">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X37">
         <v>3</v>
       </c>
       <c r="Y37">
         <v>2</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB37">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T35</v>
       </c>
       <c r="C38">
         <v>35</v>
       </c>
       <c r="D38" t="str">
-        <v>JOOSE</v>
+        <v>Giane Franco escandon</v>
       </c>
       <c r="E38">
         <v>2</v>
       </c>
       <c r="F38">
         <v>56</v>
       </c>
       <c r="H38" t="str">
-        <v>joose369</v>
+        <v>francoo29</v>
       </c>
       <c r="I38">
         <v>2</v>
       </c>
       <c r="J38">
         <v>56</v>
       </c>
       <c r="K38">
         <v>4</v>
       </c>
       <c r="L38">
         <v>2</v>
       </c>
       <c r="M38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S38">
         <v>4</v>
       </c>
       <c r="T38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X38">
         <v>3</v>
       </c>
       <c r="Y38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z38">
         <v>3</v>
       </c>
       <c r="AA38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T35</v>
       </c>
       <c r="C39">
         <v>35</v>
       </c>
       <c r="D39" t="str">
-        <v>Juan Ramirez</v>
+        <v>JOOSE</v>
       </c>
       <c r="E39">
         <v>2</v>
       </c>
       <c r="F39">
         <v>56</v>
       </c>
       <c r="H39" t="str">
-        <v>juanramirez2007</v>
+        <v>joose369</v>
       </c>
       <c r="I39">
         <v>2</v>
       </c>
       <c r="J39">
         <v>56</v>
       </c>
       <c r="K39">
         <v>4</v>
       </c>
       <c r="L39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q39">
         <v>3</v>
       </c>
       <c r="R39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S39">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U39">
         <v>3</v>
       </c>
       <c r="V39">
         <v>2</v>
       </c>
       <c r="W39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X39">
         <v>3</v>
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
         <v>3</v>
       </c>
       <c r="AA39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB39">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T35</v>
       </c>
       <c r="C40">
         <v>35</v>
       </c>
       <c r="D40" t="str">
-        <v>Rafael Sandoval</v>
+        <v>Juan Ramirez</v>
       </c>
       <c r="E40">
         <v>2</v>
       </c>
       <c r="F40">
         <v>56</v>
       </c>
       <c r="H40" t="str">
-        <v>rafael24</v>
+        <v>juanramirez2007</v>
       </c>
       <c r="I40">
         <v>2</v>
       </c>
       <c r="J40">
         <v>56</v>
       </c>
       <c r="K40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M40">
         <v>4</v>
       </c>
       <c r="N40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R40">
         <v>3</v>
       </c>
       <c r="S40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T40">
         <v>3</v>
       </c>
       <c r="U40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X40">
         <v>3</v>
       </c>
       <c r="Y40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z40">
         <v>3</v>
       </c>
       <c r="AA40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB40">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T40</v>
       </c>
       <c r="C41">
         <v>40</v>
       </c>
       <c r="D41" t="str">
         <v>CeeLine</v>
       </c>
       <c r="E41">
         <v>3</v>
       </c>
       <c r="F41">
         <v>57</v>
       </c>
       <c r="G41">