--- v1 (2025-11-21)
+++ v2 (2026-02-01)
@@ -1229,50 +1229,53 @@
         <v>3</v>
       </c>
       <c r="AB9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Jeff broderick</v>
       </c>
       <c r="E10">
         <v>-5</v>
       </c>
       <c r="F10">
         <v>49</v>
       </c>
+      <c r="G10">
+        <v>267659</v>
+      </c>
       <c r="H10" t="str">
         <v>jeff95</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>49</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">