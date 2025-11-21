--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -3339,387 +3339,390 @@
       </c>
       <c r="Z33">
         <v>4</v>
       </c>
       <c r="AA33">
         <v>4</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
       <c r="AC33">
         <v>85</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T31</v>
       </c>
       <c r="C34">
         <v>31</v>
       </c>
       <c r="D34" t="str">
-        <v>Saul Sanchez</v>
+        <v>Bradley Thomas</v>
       </c>
       <c r="E34">
         <v>4</v>
       </c>
       <c r="F34">
         <v>59</v>
       </c>
       <c r="G34">
-        <v>180355</v>
+        <v>101602</v>
       </c>
       <c r="H34" t="str">
-        <v>sanchoo</v>
+        <v>turbodisc69</v>
       </c>
       <c r="I34">
         <v>4</v>
       </c>
       <c r="J34">
         <v>59</v>
       </c>
       <c r="K34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T34">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA34">
         <v>6</v>
       </c>
       <c r="AB34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC34">
-        <v>71</v>
+        <v>79</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T31</v>
       </c>
       <c r="C35">
         <v>31</v>
       </c>
       <c r="D35" t="str">
-        <v>Rene Conant</v>
+        <v>Saul Sanchez</v>
       </c>
       <c r="E35">
         <v>4</v>
       </c>
       <c r="F35">
         <v>59</v>
       </c>
       <c r="G35">
-        <v>281202</v>
+        <v>180355</v>
       </c>
       <c r="H35" t="str">
-        <v>reneconant</v>
+        <v>sanchoo</v>
       </c>
       <c r="I35">
         <v>4</v>
       </c>
       <c r="J35">
         <v>59</v>
       </c>
       <c r="K35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M35">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q35">
         <v>3</v>
       </c>
       <c r="R35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T35">
         <v>3</v>
       </c>
       <c r="U35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC35">
-        <v>73</v>
+        <v>71</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T31</v>
       </c>
       <c r="C36">
         <v>31</v>
       </c>
       <c r="D36" t="str">
-        <v>Archie Lowe</v>
+        <v>Rene Conant</v>
       </c>
       <c r="E36">
         <v>4</v>
       </c>
       <c r="F36">
         <v>59</v>
       </c>
+      <c r="G36">
+        <v>281202</v>
+      </c>
       <c r="H36" t="str">
-        <v>lowearchie519</v>
+        <v>reneconant</v>
       </c>
       <c r="I36">
         <v>4</v>
       </c>
       <c r="J36">
         <v>59</v>
       </c>
       <c r="K36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M36">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q36">
         <v>3</v>
       </c>
       <c r="R36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S36">
         <v>2</v>
       </c>
       <c r="T36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
         <v>4</v>
       </c>
       <c r="X36">
         <v>4</v>
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC36">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T31</v>
       </c>
       <c r="C37">
         <v>31</v>
       </c>
       <c r="D37" t="str">
-        <v>Bradley Thomas</v>
+        <v>Archie Lowe</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
         <v>59</v>
       </c>
       <c r="H37" t="str">
-        <v>turbodisc69</v>
+        <v>lowearchie519</v>
       </c>
       <c r="I37">
         <v>4</v>
       </c>
       <c r="J37">
         <v>59</v>
       </c>
       <c r="K37">
         <v>2</v>
       </c>
       <c r="L37">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
         <v>2</v>
       </c>
       <c r="T37">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V37">
         <v>3</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA37">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC37">
-        <v>79</v>
+        <v>70</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
         <v>Gabe Halcovich</v>
       </c>
       <c r="E38">
         <v>5</v>
       </c>
       <c r="F38">
         <v>60</v>
       </c>
       <c r="G38">
         <v>171969</v>
       </c>
       <c r="H38" t="str">
@@ -4915,50 +4918,53 @@
       <c r="AB51">
         <v>6</v>
       </c>
       <c r="AC51">
         <v>110</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>GEN</v>
       </c>
       <c r="B52" t="str">
         <v>51</v>
       </c>
       <c r="C52">
         <v>51</v>
       </c>
       <c r="D52" t="str">
         <v>Rafael Sandoval</v>
       </c>
       <c r="E52">
         <v>17</v>
       </c>
       <c r="F52">
         <v>72</v>
+      </c>
+      <c r="G52">
+        <v>317428</v>
       </c>
       <c r="H52" t="str">
         <v>rafael24</v>
       </c>
       <c r="I52">
         <v>17</v>
       </c>
       <c r="J52">
         <v>72</v>
       </c>
       <c r="K52">
         <v>5</v>
       </c>
       <c r="L52">
         <v>3</v>
       </c>
       <c r="M52">
         <v>3</v>
       </c>
       <c r="N52">
         <v>6</v>
       </c>
       <c r="O52">
         <v>5</v>
       </c>