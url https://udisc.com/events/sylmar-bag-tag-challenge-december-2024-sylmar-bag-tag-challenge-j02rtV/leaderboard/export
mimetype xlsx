--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -3320,452 +3320,455 @@
       </c>
       <c r="Y34">
         <v>4</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T33</v>
       </c>
       <c r="C35">
         <v>33</v>
       </c>
       <c r="D35" t="str">
-        <v xml:space="preserve">Ernesto Robles </v>
+        <v>Rafael Sandoval</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="F35">
         <v>54</v>
       </c>
+      <c r="G35">
+        <v>317428</v>
+      </c>
       <c r="H35" t="str">
-        <v>nessabc</v>
+        <v>rafael24</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="J35">
         <v>54</v>
       </c>
       <c r="K35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
         <v>3</v>
       </c>
       <c r="U35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X35">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
         <v>3</v>
       </c>
       <c r="AB35">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T33</v>
       </c>
       <c r="C36">
         <v>33</v>
       </c>
       <c r="D36" t="str">
-        <v>Jeffrey Bonhiver (JB)</v>
+        <v xml:space="preserve">Ernesto Robles </v>
       </c>
       <c r="E36">
         <v>0</v>
       </c>
       <c r="F36">
         <v>54</v>
       </c>
       <c r="H36" t="str">
-        <v>bonhiver</v>
+        <v>nessabc</v>
       </c>
       <c r="I36">
         <v>0</v>
       </c>
       <c r="J36">
         <v>54</v>
       </c>
       <c r="K36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L36">
         <v>2</v>
       </c>
       <c r="M36">
         <v>3</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>
       <c r="Q36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R36">
         <v>2</v>
       </c>
       <c r="S36">
         <v>3</v>
       </c>
       <c r="T36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U36">
         <v>5</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
         <v>3</v>
       </c>
       <c r="X36">
         <v>3</v>
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB36">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T33</v>
       </c>
       <c r="C37">
         <v>33</v>
       </c>
       <c r="D37" t="str">
-        <v>Mariano Cabrera</v>
+        <v>Jeffrey Bonhiver (JB)</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
       <c r="F37">
         <v>54</v>
       </c>
       <c r="H37" t="str">
-        <v>sk88766</v>
+        <v>bonhiver</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>54</v>
       </c>
       <c r="K37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L37">
         <v>2</v>
       </c>
       <c r="M37">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>
       <c r="Q37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S37">
         <v>3</v>
       </c>
       <c r="T37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U37">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W37">
         <v>3</v>
       </c>
       <c r="X37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB37">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T33</v>
       </c>
       <c r="C38">
         <v>33</v>
       </c>
       <c r="D38" t="str">
-        <v>Michael Martinez</v>
+        <v>Mariano Cabrera</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
         <v>54</v>
       </c>
       <c r="H38" t="str">
-        <v>michaelsubrosa</v>
+        <v>sk88766</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38">
         <v>54</v>
       </c>
       <c r="K38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M38">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
       <c r="Q38">
         <v>3</v>
       </c>
       <c r="R38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W38">
         <v>3</v>
       </c>
       <c r="X38">
         <v>2</v>
       </c>
       <c r="Y38">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z38">
         <v>3</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T33</v>
       </c>
       <c r="C39">
         <v>33</v>
       </c>
       <c r="D39" t="str">
-        <v>Rafael Sandoval</v>
+        <v>Michael Martinez</v>
       </c>
       <c r="E39">
         <v>0</v>
       </c>
       <c r="F39">
         <v>54</v>
       </c>
       <c r="H39" t="str">
-        <v>rafael24</v>
+        <v>michaelsubrosa</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39">
         <v>54</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
         <v>3</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O39">
         <v>4</v>
       </c>
       <c r="P39">
         <v>3</v>
       </c>
       <c r="Q39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X39">
         <v>2</v>
       </c>
       <c r="Y39">
         <v>4</v>
       </c>
       <c r="Z39">
         <v>3</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T33</v>
       </c>
       <c r="C40">
         <v>33</v>
       </c>
       <c r="D40" t="str">
         <v>Tim Anderson</v>
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="F40">
         <v>54</v>
       </c>
       <c r="H40" t="str">
         <v>discintim</v>
       </c>
       <c r="I40">
@@ -4489,50 +4492,53 @@
       <c r="AA48">
         <v>3</v>
       </c>
       <c r="AB48">
         <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>GEN</v>
       </c>
       <c r="B49" t="str">
         <v>T48</v>
       </c>
       <c r="C49">
         <v>48</v>
       </c>
       <c r="D49" t="str">
         <v>Bradley Thomas</v>
       </c>
       <c r="E49">
         <v>3</v>
       </c>
       <c r="F49">
         <v>57</v>
+      </c>
+      <c r="G49">
+        <v>101602</v>
       </c>
       <c r="H49" t="str">
         <v>turbodisc69</v>
       </c>
       <c r="I49">
         <v>3</v>
       </c>
       <c r="J49">
         <v>57</v>
       </c>
       <c r="K49">
         <v>3</v>
       </c>
       <c r="L49">
         <v>3</v>
       </c>
       <c r="M49">
         <v>3</v>
       </c>
       <c r="N49">
         <v>3</v>
       </c>
       <c r="O49">
         <v>3</v>
       </c>