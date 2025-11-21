--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -3246,50 +3246,53 @@
         <v>4</v>
       </c>
       <c r="AC32">
         <v>61</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
         <v>Rafael Sandoval</v>
       </c>
       <c r="E33">
         <v>12</v>
       </c>
       <c r="F33">
         <v>66</v>
       </c>
+      <c r="G33">
+        <v>317428</v>
+      </c>
       <c r="H33" t="str">
         <v>rafael24</v>
       </c>
       <c r="I33">
         <v>12</v>
       </c>
       <c r="J33">
         <v>66</v>
       </c>
       <c r="K33">
         <v>4</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>2</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>4</v>
       </c>
       <c r="P33">
@@ -3331,50 +3334,53 @@
       <c r="AB33">
         <v>3</v>
       </c>
       <c r="AC33">
         <v>64</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T33</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34" t="str">
         <v>Bradley Thomas</v>
       </c>
       <c r="E34">
         <v>13</v>
       </c>
       <c r="F34">
         <v>67</v>
+      </c>
+      <c r="G34">
+        <v>101602</v>
       </c>
       <c r="H34" t="str">
         <v>turbodisc69</v>
       </c>
       <c r="I34">
         <v>13</v>
       </c>
       <c r="J34">
         <v>67</v>
       </c>
       <c r="K34">
         <v>5</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>4</v>
       </c>
       <c r="N34">
         <v>5</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>