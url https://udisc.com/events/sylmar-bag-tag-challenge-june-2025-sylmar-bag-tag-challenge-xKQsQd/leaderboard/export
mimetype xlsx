--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -4330,50 +4330,53 @@
         <v>3</v>
       </c>
       <c r="AB46">
         <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
         <v>46</v>
       </c>
       <c r="C47">
         <v>46</v>
       </c>
       <c r="D47" t="str">
         <v>Rafael Sandoval</v>
       </c>
       <c r="E47">
         <v>16</v>
       </c>
       <c r="F47">
         <v>70</v>
       </c>
+      <c r="G47">
+        <v>317428</v>
+      </c>
       <c r="H47" t="str">
         <v>rafael24</v>
       </c>
       <c r="I47">
         <v>16</v>
       </c>
       <c r="J47">
         <v>70</v>
       </c>
       <c r="K47">
         <v>3</v>
       </c>
       <c r="L47">
         <v>3</v>
       </c>
       <c r="M47">
         <v>5</v>
       </c>
       <c r="N47">
         <v>5</v>
       </c>
       <c r="O47">
         <v>4</v>
       </c>
       <c r="P47">